--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -1,2287 +1,2507 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:bidiVisual/>
         <w:tblW w:w="10314" w:type="dxa"/>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="665"/>
         <w:gridCol w:w="1832"/>
         <w:gridCol w:w="3616"/>
         <w:gridCol w:w="4201"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="00C3126D">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10314" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="006506A8">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>المحاضرة الثامنة</w:t>
+              <w:t>المحاضرة</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> الثامنة</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>66</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F025D">
-[...6 lines deleted...]
-              <w:t>أحوال شخصية</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>أحوال</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> شخصية</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Statuts Personnels</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مجموعة القوانين التي تحكم المسائل التي يكون موضوعها الشخص.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>67</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الخطبة</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Fiançailles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>هي وعد بالزواج</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>68</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الزواج</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Mariage</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
-[...17 lines deleted...]
-              <w:t>عقد رضائي يتم بين رجل وامرأة على الوجه الشرعي، من أهدافه تكوين أسرة أساسها المودة والرحمة والتعاون إحصان الزوجين والمحافظة على الأنساب.</w:t>
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
+            <w:pPr>
+              <w:bidi/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>عقد</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> رضائي يتم بين رجل وامرأة على الوجه الشرعي، من أهدافه تكوين أسرة أساسها المودة والرحمة والتعاون إحصان الزوجين والمحافظة على الأنساب.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>69</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>قرابة النسب</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Parenté</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>القرابة التي تقوم بين أشخاص على أساس من صلة الدم.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>70</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008F025D">
-[...6 lines deleted...]
-              <w:t>قرابة المصاهرة</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>قرابة</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> المصاهرة</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Alliance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>قرابة تنشأ بالزواج بين كل من الزوجين وأقارب الزوج الآخر.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>71</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
               <w:t>قرابة</w:t>
             </w:r>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الحواشي</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Parenté en Ligne Collatérale</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
-[...17 lines deleted...]
-              <w:t>قرابة النسب بين أشخاص يجمعهم أصل مشترك دون أن تكون قرابة مباشرة.</w:t>
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
+            <w:pPr>
+              <w:bidi/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>قرابة</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> النسب بين أشخاص يجمعهم أصل مشترك دون أن تكون قرابة مباشرة.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>72</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الأصول</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Ascendants</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
-[...17 lines deleted...]
-              <w:t>من يكون أبا أو أما أو جدا، وإن علوا لشخص من الأشخاص.</w:t>
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
+            <w:pPr>
+              <w:bidi/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>من</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> يكون أبا أو أما أو جدا، وإن علوا لشخص من الأشخاص.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>73</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الأصهار</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Alliés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>أقارب المصاهرة.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>74</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>التبني</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Adoption</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>قرابة حكمية تنشأ وفقا لبعض القوانين بإجراءات تهدف إلى اعتبار أحد الأشخاص ابنا لآخر.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>75</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ولي</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Tuteur Légal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
-[...17 lines deleted...]
-              <w:t>الأب أو الجد الصحيح، على ابنه أو حفيده الذي لم يبلغ سن الرشد.</w:t>
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
+            <w:pPr>
+              <w:bidi/>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>الأب</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve"> أو الجد الصحيح، على ابنه أو حفيده الذي لم يبلغ سن الرشد.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>76</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>وصي</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Tuteur</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>نائب قانوني للقاصر، يختاره الأب أو يعينه القاضي.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcBorders>
               <w:tl2br w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:tr2bl w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcBorders>
               <w:tl2br w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:tr2bl w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcBorders>
               <w:tl2br w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:tr2bl w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcBorders>
               <w:tl2br w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:tr2bl w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>77</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>الإخلال بالآداب العامة</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Outrage aux bonnes mœurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>جريمة تقوم بتحرير كتابة أو وضع صور أو رسوم أو الجهر بأقوال تناقض الآداب العامة.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>78</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>تسجيل سري لمحادثات خاصة</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>Enregistrement Clandestin des Conversations Privées</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
                 <w:lang w:bidi="ar-DZ"/>
               </w:rPr>
-              <w:t>حفظ حديث أو تسجيل على مادة معدة لذلك دون رضاء من المتحدث، كي يسمع أو يشاهد فيما بعد، وهو جريمة اعتداء على حرمة الحياة الخاصة.</w:t>
+              <w:t>حفظ</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+                <w:lang w:bidi="ar-DZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> حديث أو تسجيل على مادة معدة لذلك دون رضاء من المتحدث، كي يسمع أو يشاهد فيما بعد، وهو جريمة اعتداء على حرمة الحياة الخاصة.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidTr="002247CA">
+      <w:tr w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidTr="00060EC1">
         <w:trPr>
           <w:cantSplit/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="665" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:t>79</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1832" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>إصدار شيك بدون رصيد</w:t>
-            </w:r>
+              <w:t xml:space="preserve">إصدار شيك بدون </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>رصيد</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3616" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
-              <w:t>Emission d’un chèques sans provision</w:t>
+              <w:t xml:space="preserve">Emission d’un </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t>chèques</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="008F025D">
+              <w:rPr>
+                <w:rFonts w:cs="Simplified Arabic"/>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sans provision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4201" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="170" w:type="dxa"/>
               <w:left w:w="170" w:type="dxa"/>
               <w:bottom w:w="170" w:type="dxa"/>
               <w:right w:w="170" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="006506A8" w:rsidRPr="008F025D" w:rsidRDefault="006506A8" w:rsidP="002247CA">
+          <w:p w:rsidR="002F26D4" w:rsidRPr="008F025D" w:rsidRDefault="002F26D4" w:rsidP="00060EC1">
             <w:pPr>
               <w:bidi/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008F025D">
               <w:rPr>
                 <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>جريمة تقوم بفعل الساحب الذي يعطي شيكا لا يقابله رصيد قائم وقابل للسحب، أو يسحب الرصيد بعد إعطاء الشيك، أو يأمر البنك المسحوب عليه بعدم الدفع.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0071144A" w:rsidRDefault="0071144A" w:rsidP="006506A8">
+    <w:p w:rsidR="002F26D4" w:rsidRDefault="002F26D4" w:rsidP="002F26D4">
       <w:pPr>
         <w:bidi/>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="0071144A" w:rsidSect="006506A8">
-      <w:footerReference w:type="default" r:id="rId6"/>
+    <w:p w:rsidR="002F26D4" w:rsidRDefault="002F26D4" w:rsidP="002F26D4">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2613"/>
+        </w:tabs>
+        <w:bidi/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B1558A">
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">المادة </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B1558A">
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">54 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F26D4">
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>من القانون المدني الجزائري</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002F26D4">
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>العقد هو أتفاق يلتزم بموجبه شخص أو عدة أشخاص نحو شخص أخر أو عدة أشخاص آخرين بمنح   أو فعل أو عدم فعل شيء ما</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F26D4" w:rsidRPr="002F26D4" w:rsidRDefault="002F26D4" w:rsidP="002F26D4">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:firstLine="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F26D4">
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Article 54 :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du Code Civil Algérien </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Simplified Arabic"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>le contrat est une convention par laquelle une ou plusieurs personnes s’obligent, envers une ou plusieurs autres, à donner à faire ou à ne pas faire quelques choses.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="002F26D4" w:rsidRPr="002F26D4" w:rsidSect="006506A8">
+      <w:footerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Simplified Arabic">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="006506A8" w:rsidRPr="006506A8" w:rsidRDefault="006506A8" w:rsidP="006506A8">
+  <w:p w:rsidR="006506A8" w:rsidRPr="006506A8" w:rsidRDefault="002F26D4" w:rsidP="006506A8">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:bidi="ar-DZ"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000872BD">
       <w:rPr>
         <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:rtl/>
         <w:lang w:bidi="ar-DZ"/>
       </w:rPr>
-      <w:t>الأستاذ : مقراني نور الدين</w:t>
+      <w:t xml:space="preserve">الأستاذ : </w:t>
+    </w:r>
+    <w:proofErr w:type="spellStart"/>
+    <w:r w:rsidRPr="000872BD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:rtl/>
+        <w:lang w:bidi="ar-DZ"/>
+      </w:rPr>
+      <w:t>مقراني</w:t>
+    </w:r>
+    <w:proofErr w:type="spellEnd"/>
+    <w:r w:rsidRPr="000872BD">
+      <w:rPr>
+        <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:rtl/>
+        <w:lang w:bidi="ar-DZ"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> نور الدين</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="006506A8" w:rsidRDefault="006506A8">
+  <w:p w:rsidR="006506A8" w:rsidRDefault="002F26D4">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="120"/>
-  <w:documentProtection w:edit="readOnly" w:enforcement="1" w:cryptProviderType="rsaFull" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="4" w:cryptSpinCount="50000" w:hash="B1gZPzJxqc7DXk4JbE/V6fH7Bpw=" w:salt="0zwhu2nPZYGZw3kkD74oJA=="/>
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="006506A8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="0071144A"/>
+    <w:rsidRoot w:val="002F26D4"/>
+    <w:rsid w:val="002F26D4"/>
+    <w:rsid w:val="009E0BD9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2424,200 +2644,146 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="006506A8"/>
+    <w:rsid w:val="002F26D4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
       <w:ind w:firstLine="397"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="006506A8"/>
+    <w:rsid w:val="002F26D4"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="397"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="En-tte">
-[...22 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006506A8"/>
+    <w:rsid w:val="002F26D4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="006506A8"/>
-[...29 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="002F26D4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2863,51 +3029,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>1255</Characters>
+  <Pages>4</Pages>
+  <Words>282</Words>
+  <Characters>1552</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>8</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>2</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>12</Lines>
+  <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1481</CharactersWithSpaces>
+  <CharactersWithSpaces>1831</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>kassa</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>